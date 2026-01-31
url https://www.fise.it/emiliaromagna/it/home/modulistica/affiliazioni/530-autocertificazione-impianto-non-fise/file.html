--- v0 (2025-10-11)
+++ v1 (2026-01-31)
@@ -1,787 +1,720 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="008915A4" w:rsidRDefault="008915A4" w:rsidP="008915A4">
+    <w:p w14:paraId="3447FAA1" w14:textId="77777777" w:rsidR="008915A4" w:rsidRDefault="008915A4" w:rsidP="008915A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk498247549"/>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0080589A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Io</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0080589A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sottoscritto_______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008915A4" w:rsidRPr="0080589A" w:rsidRDefault="008915A4" w:rsidP="008915A4">
+    <w:p w14:paraId="4866BE3E" w14:textId="77777777" w:rsidR="008915A4" w:rsidRPr="0080589A" w:rsidRDefault="008915A4" w:rsidP="008915A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080589A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nato a</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_Hlk498203942"/>
-[...15 lines deleted...]
-        <w:t>_</w:t>
+      <w:bookmarkStart w:id="1" w:name="_Hlk498203942"/>
+      <w:r w:rsidRPr="0080589A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
       </w:r>
       <w:r w:rsidRPr="008915A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0080589A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>il</w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="008915A4" w:rsidRDefault="008915A4" w:rsidP="008915A4">
+        <w:t>il__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="289D1C81" w14:textId="77777777" w:rsidR="008915A4" w:rsidRDefault="008915A4" w:rsidP="008915A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080589A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C.F.______________________________________________</w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Hlk498255372"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="008915A4" w:rsidRPr="0080589A" w:rsidRDefault="008915A4" w:rsidP="008915A4">
+      <w:bookmarkStart w:id="2" w:name="_Hlk498255372"/>
+    </w:p>
+    <w:p w14:paraId="2E5B3B62" w14:textId="77777777" w:rsidR="008915A4" w:rsidRPr="0080589A" w:rsidRDefault="008915A4" w:rsidP="008915A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080589A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">residente </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r w:rsidRPr="0080589A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>___________________</w:t>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="_Hlk498204303"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk498204303"/>
       <w:r w:rsidRPr="0080589A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>via______________________________</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="_Hlk498249561"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk498249561"/>
       <w:r w:rsidRPr="0080589A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____n.___</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008915A4" w:rsidRPr="0080589A" w:rsidRDefault="008915A4" w:rsidP="008915A4">
+    <w:p w14:paraId="7D01F31E" w14:textId="77777777" w:rsidR="008915A4" w:rsidRPr="0080589A" w:rsidRDefault="008915A4" w:rsidP="008915A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...19 lines deleted...]
-      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="0080589A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cap____________</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="_Hlk498252554"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="0080589A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mail ____________________________________________________</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="008915A4" w:rsidRPr="0080589A" w:rsidRDefault="008915A4" w:rsidP="008915A4">
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="4ED8C1E7" w14:textId="77777777" w:rsidR="008915A4" w:rsidRPr="0080589A" w:rsidRDefault="008915A4" w:rsidP="008915A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080589A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PEC____________________________________telefono_________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="008915A4" w:rsidRPr="0080589A" w:rsidRDefault="008915A4" w:rsidP="008915A4">
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w14:paraId="6C93AC6F" w14:textId="77777777" w:rsidR="008915A4" w:rsidRPr="0080589A" w:rsidRDefault="008915A4" w:rsidP="008915A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080589A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">in qualità di </w:t>
       </w:r>
       <w:r w:rsidRPr="0080589A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>legale rappresentante</w:t>
       </w:r>
       <w:r w:rsidRPr="0080589A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> dell’ente</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008915A4" w:rsidRPr="0080589A" w:rsidRDefault="008915A4" w:rsidP="008915A4">
+    <w:p w14:paraId="784AFF47" w14:textId="77777777" w:rsidR="008915A4" w:rsidRPr="0080589A" w:rsidRDefault="008915A4" w:rsidP="008915A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080589A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> _______________________________________________________________________</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="008915A4" w:rsidRPr="0080589A" w:rsidRDefault="008915A4" w:rsidP="008915A4">
+    <w:p w14:paraId="703048CA" w14:textId="77777777" w:rsidR="008915A4" w:rsidRPr="0080589A" w:rsidRDefault="008915A4" w:rsidP="008915A4">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080589A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">A.S.D.    (Associazione Sportiva Dilettantistica) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008915A4" w:rsidRPr="0080589A" w:rsidRDefault="008915A4" w:rsidP="008915A4">
+    <w:p w14:paraId="07657349" w14:textId="77777777" w:rsidR="008915A4" w:rsidRPr="0080589A" w:rsidRDefault="008915A4" w:rsidP="008915A4">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080589A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">S.S.R.L. (Società Sportiva a Responsabilità Limitata) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008915A4" w:rsidRPr="0080589A" w:rsidRDefault="008915A4" w:rsidP="008915A4">
+    <w:p w14:paraId="5A045B69" w14:textId="77777777" w:rsidR="008915A4" w:rsidRPr="0080589A" w:rsidRDefault="008915A4" w:rsidP="008915A4">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080589A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>altra forma giuridica se prevista dalla Legge dello Stato</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003724D7" w:rsidRDefault="003724D7" w:rsidP="008915A4">
+    <w:p w14:paraId="7433A535" w14:textId="77777777" w:rsidR="003724D7" w:rsidRDefault="003724D7" w:rsidP="008915A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008915A4" w:rsidRDefault="008915A4" w:rsidP="008915A4">
+    <w:p w14:paraId="7C55C8D4" w14:textId="77777777" w:rsidR="008915A4" w:rsidRDefault="008915A4" w:rsidP="008915A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080589A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>avente sede legale in _____________________</w:t>
       </w:r>
       <w:r w:rsidR="003724D7" w:rsidRPr="003724D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003724D7" w:rsidRPr="0080589A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>via_____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008915A4" w:rsidRPr="0080589A" w:rsidRDefault="008915A4" w:rsidP="008915A4">
+    <w:p w14:paraId="0206607C" w14:textId="77777777" w:rsidR="008915A4" w:rsidRPr="0080589A" w:rsidRDefault="008915A4" w:rsidP="008915A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080589A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> n.°_________cap_____________mail _______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008915A4" w:rsidRDefault="008915A4" w:rsidP="008915A4">
+    <w:p w14:paraId="49B02513" w14:textId="77777777" w:rsidR="008915A4" w:rsidRDefault="008915A4" w:rsidP="008915A4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080589A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PEC_____________________________________telefono ________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003724D7" w:rsidRPr="0080589A" w:rsidRDefault="008915A4" w:rsidP="00137DD6">
+    <w:p w14:paraId="058B344F" w14:textId="7A95E98B" w:rsidR="003724D7" w:rsidRPr="0080589A" w:rsidRDefault="008915A4" w:rsidP="00137DD6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008915A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nel richiede la prima affiliazione alla FISE che consente lo svolgimento di attività ludico </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">addestrativa </w:t>
+        <w:t xml:space="preserve">Nel richiede la prima affiliazione alla FISE che consente lo svolgimento di attività ludico addestrativa </w:t>
       </w:r>
       <w:r w:rsidR="008F7A98">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> consapevole che ai sensi degli artt. 75 e 76 del DPR </w:t>
+        <w:t xml:space="preserve">, consapevole che ai sensi degli artt. 75 e 76 del DPR </w:t>
       </w:r>
       <w:r w:rsidR="0001475C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">445 del 2000 e s.m.i. In caso di false dichiarazioni accertate dalla Federazione Italiana Sport Equestri verranno applicate le sanzioni penali </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A327A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>previste,</w:t>
+      </w:r>
       <w:r w:rsidR="0009241D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>previste ,</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> si avrà l’automatica decadenza dal beneficio ottenuto sulla base delle dichiarazioni non veritiere e sa</w:t>
       </w:r>
       <w:r w:rsidR="007D4DF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rà avviato il relativo procedimento disciplinare per accertare le violazioni del Regolamento di Giustizia Sportivo</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003724D7" w:rsidRPr="0080589A" w:rsidRDefault="003724D7" w:rsidP="003724D7">
+    <w:p w14:paraId="48625C1E" w14:textId="77777777" w:rsidR="003724D7" w:rsidRPr="0080589A" w:rsidRDefault="003724D7" w:rsidP="003724D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080589A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>D I C H I A R O</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003724D7" w:rsidRPr="003724D7" w:rsidRDefault="008160E3" w:rsidP="003B0D0B">
+    <w:p w14:paraId="0074C531" w14:textId="79B8217A" w:rsidR="003724D7" w:rsidRPr="003724D7" w:rsidRDefault="008160E3" w:rsidP="003B0D0B">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Di </w:t>
       </w:r>
       <w:r w:rsidRPr="003B0D0B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NON subentra</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>re</w:t>
       </w:r>
       <w:r w:rsidRPr="003B0D0B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in un impianto già in precedenza affiliato/aggregato alla FISE</w:t>
       </w:r>
+      <w:r w:rsidR="00A84CFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> negli ultimi </w:t>
+      </w:r>
+      <w:r w:rsidR="0099085B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A84CFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> anni</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> e pertanto</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0021070C" w:rsidRPr="000B70E4" w:rsidRDefault="000B70E4" w:rsidP="000B70E4">
+    <w:p w14:paraId="1ABD978F" w14:textId="77777777" w:rsidR="0021070C" w:rsidRPr="000B70E4" w:rsidRDefault="000B70E4" w:rsidP="000B70E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                            </w:t>
       </w:r>
       <w:r w:rsidR="0021070C" w:rsidRPr="000B70E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>R I C H I E D O</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B70E4" w:rsidRDefault="0021070C" w:rsidP="003B0D0B">
+    <w:p w14:paraId="766C099C" w14:textId="14765306" w:rsidR="000B70E4" w:rsidRPr="00B0171B" w:rsidRDefault="0021070C" w:rsidP="003B0D0B">
       <w:pPr>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0171B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sia applicato lo sconto del 50% sulla quota prevista</w:t>
+      </w:r>
+      <w:r w:rsidR="000B70E4" w:rsidRPr="00B0171B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0021070C" w:rsidRDefault="0021070C" w:rsidP="003B0D0B">
+    <w:p w14:paraId="526F4066" w14:textId="77777777" w:rsidR="00250A0F" w:rsidRPr="003B0D0B" w:rsidRDefault="00250A0F" w:rsidP="003B0D0B">
       <w:pPr>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...29 lines deleted...]
-    <w:p w:rsidR="003724D7" w:rsidRPr="0080589A" w:rsidRDefault="003724D7" w:rsidP="003724D7">
+    </w:p>
+    <w:p w14:paraId="11066392" w14:textId="77777777" w:rsidR="003724D7" w:rsidRPr="0080589A" w:rsidRDefault="003724D7" w:rsidP="003724D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080589A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Luogo e Data ___________________                  Sottoscrizione del legale rappresentante</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003724D7" w:rsidRPr="0080589A" w:rsidRDefault="003724D7" w:rsidP="003724D7">
+    <w:p w14:paraId="3D269BB3" w14:textId="77777777" w:rsidR="003724D7" w:rsidRPr="0080589A" w:rsidRDefault="003724D7" w:rsidP="003724D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080589A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0080589A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -836,143 +769,143 @@
       <w:r w:rsidRPr="0080589A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0011107D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="0080589A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003724D7" w:rsidRDefault="003724D7">
-[...17 lines deleted...]
-    <w:p w:rsidR="00DA3F66" w:rsidRPr="00DA3F66" w:rsidRDefault="00DA3F66" w:rsidP="00DA3F66">
+    <w:p w14:paraId="0D2FFCB2" w14:textId="77777777" w:rsidR="003724D7" w:rsidRDefault="003724D7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04FDE3E7" w14:textId="77777777" w:rsidR="00DA3F66" w:rsidRDefault="00DA3F66">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B1CC0FA" w14:textId="77777777" w:rsidR="00DA3F66" w:rsidRPr="00DA3F66" w:rsidRDefault="00DA3F66" w:rsidP="00DA3F66">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00DA3F66" w:rsidRPr="00DA3F66">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D956D5D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C0700394"/>
     <w:lvl w:ilvl="0" w:tplc="3FB6A4D6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1246,145 +1179,157 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="568811731">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="761999366">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="953441995">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008915A4"/>
     <w:rsid w:val="0001475C"/>
     <w:rsid w:val="0009241D"/>
     <w:rsid w:val="000A2858"/>
     <w:rsid w:val="000A7711"/>
     <w:rsid w:val="000B70E4"/>
     <w:rsid w:val="0011107D"/>
     <w:rsid w:val="00137DD6"/>
     <w:rsid w:val="0021070C"/>
     <w:rsid w:val="00250A0F"/>
+    <w:rsid w:val="003125AC"/>
     <w:rsid w:val="003628AF"/>
     <w:rsid w:val="003724D7"/>
     <w:rsid w:val="003B0D0B"/>
+    <w:rsid w:val="004156E0"/>
+    <w:rsid w:val="006E2543"/>
     <w:rsid w:val="007D4DF4"/>
     <w:rsid w:val="008160E3"/>
     <w:rsid w:val="008915A4"/>
+    <w:rsid w:val="008A043F"/>
     <w:rsid w:val="008F7A98"/>
+    <w:rsid w:val="0099085B"/>
+    <w:rsid w:val="00A327A2"/>
+    <w:rsid w:val="00A84CFB"/>
+    <w:rsid w:val="00B0171B"/>
+    <w:rsid w:val="00B96854"/>
     <w:rsid w:val="00BF6DEC"/>
+    <w:rsid w:val="00C56881"/>
+    <w:rsid w:val="00CA1B26"/>
     <w:rsid w:val="00DA3F66"/>
+    <w:rsid w:val="00E74BB3"/>
     <w:rsid w:val="00FE6E66"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="36808200"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{23FDC9BC-5ADE-40EA-925F-70A93673B8BE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="377">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1446,98 +1391,101 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -1714,51 +1662,50 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link Error" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -1766,51 +1713,51 @@
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragrafoelenco">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normale"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="008915A4"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -2076,69 +2023,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>294</Words>
-  <Characters>1676</Characters>
+  <Words>270</Words>
+  <Characters>1545</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-  <Lines>13</Lines>
+  <DocSecurity>0</DocSecurity>
+  <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1967</CharactersWithSpaces>
+  <CharactersWithSpaces>1812</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>abravi</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>